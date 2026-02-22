--- v0 (2025-12-23)
+++ v1 (2026-02-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E7584A6" w14:textId="62DD1478" w:rsidR="00AA4450" w:rsidRPr="000F77D7" w:rsidRDefault="00AA4450" w:rsidP="00AA4450">
       <w:pPr>
         <w:pStyle w:val="Emails"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Armed forces officer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D6EB291" w14:textId="77777777" w:rsidR="00AA4450" w:rsidRPr="000F77D7" w:rsidRDefault="00AA4450" w:rsidP="00CE6A9D">
       <w:pPr>
         <w:pStyle w:val="Emails"/>
@@ -846,73 +846,75 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A demonstrable commitment to the forces</w:t>
       </w:r>
       <w:r w:rsidR="0006299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and have excellent s</w:t>
       </w:r>
       <w:r w:rsidRPr="00134C16">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elf-discipline.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C5E5EB" w14:textId="7A12359E" w:rsidR="008D25A4" w:rsidRDefault="008D25A4">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A90F746" w14:textId="590B2EF0" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Nurse</w:t>
       </w:r>
       <w:r w:rsidR="00325CFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/Doctor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4397FFAF" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CC04FEE" w14:textId="5AD06FE7" w:rsidR="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
@@ -1237,67 +1239,57 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Advising patients and relatives on health-related issues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27BC775E" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44EAAB0A" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>You‘</w:t>
-[...8 lines deleted...]
-        <w:t>re likely to work shifts of up to 12 hours. However, in the NHS, if you work unsocial hours (weekends, weekdays 8.00 pm–6.00 am, and public holidays) you’ll be paid extra for these.</w:t>
+        <w:t>You‘re likely to work shifts of up to 12 hours. However, in the NHS, if you work unsocial hours (weekends, weekdays 8.00 pm–6.00 am, and public holidays) you’ll be paid extra for these.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124D08F7" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79B081D6" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
@@ -1926,515 +1918,427 @@
       </w:r>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are known as 'dual field' degrees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFEF82F" w14:textId="049D2A93" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Most nursing degree courses are three years long, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Most nursing degree courses are three years long, with the exception of dual field degrees and nursing degrees in Scotland. Nursing degree courses provide a mix of formal teaching and practical experience gained via placements.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5641">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicine degrees are 5 to 6 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6283F6EB" w14:textId="3A4B9D80" w:rsidR="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>with the exception of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>You apply for full-time undergraduate nursing</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57226">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/medicine</w:t>
+      </w:r>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dual field degrees and nursing degrees in Scotland. Nursing degree courses provide a mix of formal teaching and practical experience gained via placements.</w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> degrees through UCAS. Application criteria vary but you’re likely to need at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00442FEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>You apply for full-time undergraduate nursing</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> A levels or equivalent qualifications. One of these should be in science subject. You’ll also need GCSEs of at least a 4/C grade (or equivalent) in maths, English and a science.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4055EC" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA952E3" w14:textId="76099110" w:rsidR="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> degrees through UCAS. Application criteria vary but you’re likely to need at least </w:t>
+        <w:t xml:space="preserve">All nurses </w:t>
       </w:r>
       <w:r w:rsidR="00442FEE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>three</w:t>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A levels or equivalent qualifications. One of these should be in science subject. You’ll also need GCSEs of at least a 4/C grade (or equivalent) in maths, English and a science.</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t>working in the UK must be registered with the Nursing and Midwifery Council (NMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00325CFC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Doctors must be registered with the General Medical Council</w:t>
+      </w:r>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All nurses </w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> and revalidate their registration every three years. To do this, you need to complete at least 35 hours of continuing professional development and 450 hours’ registered practice over three years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7302CEA2" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60DD88D5" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Key skills for nurses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16925187" w14:textId="77777777" w:rsidR="0099324B" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="0099324B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and revalidate their registration every three years. To do this, you need to complete at least 35 hours of continuing professional development and 450 hours’ registered practice over three years.</w:t>
-[...18 lines deleted...]
-          <w:bCs/>
+        <w:t>Excellent people skills, including the ability to listen</w:t>
+      </w:r>
+      <w:r w:rsidR="0099324B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and have </w:t>
+      </w:r>
+      <w:r w:rsidR="0099324B" w:rsidRPr="000F77D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Excellent verbal and written communication skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CB8E0A" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="0099324B" w:rsidRDefault="000F77D7" w:rsidP="0099324B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099324B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The ability to use initiative and solve problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E0C167" w14:textId="77777777" w:rsidR="000F77D7" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="000F77D7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w14:paraId="16925187" w14:textId="77777777" w:rsidR="0099324B" w:rsidRPr="000F77D7" w:rsidRDefault="000F77D7" w:rsidP="0099324B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The ability to deal with emotionally charged and pressured situations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F6962F" w14:textId="653AF3A2" w:rsidR="009A2C30" w:rsidRDefault="000F77D7" w:rsidP="009A2C30">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Excellent people skills, including the ability to listen</w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t>IT skills and the ability to keep patient record up to date</w:t>
       </w:r>
       <w:r w:rsidR="009A2C30">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with at</w:t>
       </w:r>
       <w:r w:rsidR="009A2C30" w:rsidRPr="000F77D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tention to detail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C22DE7" w14:textId="2567C42C" w:rsidR="008D25A4" w:rsidRDefault="008D25A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="546B78AF" w14:textId="26C2BB2D" w:rsidR="00EE71C7" w:rsidRPr="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Retail</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73EC8567" w14:textId="77777777" w:rsidR="00EE71C7" w:rsidRPr="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A01BAB3" w14:textId="77777777" w:rsidR="00EE71C7" w:rsidRPr="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Retail merchandisers are responsible for ensuring that the right amount of goods </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Retail merchandisers are responsible for ensuring that the right amount of goods are available and are being sold at the right price. As such, merchandisers assess the needs of individual stores and how they might differ based on factors such as store size and their target demographics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6438CB" w14:textId="77777777" w:rsidR="00EE71C7" w:rsidRPr="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>are</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>The decisions made by a merchandiser are crucial to the success of the business; if they make a poor choice, there could be financial and logistical implications. If the merchandising team were to give a smaller store the same amount of stock as a larger store then they may run the risk of not being able to sell it all. This could mean having to pay for the stock to be stored in warehouses. Or it could mean having to sell off the stock at a reduced price in order to get rid of it. Alternatively, if the merchandiser underestimated the amount of stock the larger store would get through it could cause a demand problem. Customers might not be able to get the product they want and so may turn to a different retailer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E3C6CB" w14:textId="77777777" w:rsidR="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> available and are being sold at the right price. As such, merchandisers assess the needs of individual stores and how they might differ based on factors such as store size and their target demographics.</w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> consider the number of returns.</w:t>
+        <w:t>And the same considerations extend to online retailing, where they also have to consider the number of returns.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="154E4F82" w14:textId="77777777" w:rsidR="00EE71C7" w:rsidRPr="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="274E4E1D" w14:textId="77777777" w:rsidR="00EE71C7" w:rsidRPr="00053B4C" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053B4C">
         <w:rPr>
@@ -2690,105 +2594,69 @@
       </w:pPr>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Buyers choose </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> products the retailer should </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and merchandisers decide </w:t>
+        <w:t> products the retailer should sell and merchandisers decide </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how much</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of each product to buy and where the stock should be allocated. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> make these decisions, merchandisers need to work with buyers to identify customer trends. They also constantly review sales history together and monitor how well different products are performing.</w:t>
+        <w:t> of each product to buy and where the stock should be allocated. In order to make these decisions, merchandisers need to work with buyers to identify customer trends. They also constantly review sales history together and monitor how well different products are performing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710571A8" w14:textId="4B8E66B7" w:rsidR="00EE71C7" w:rsidRDefault="00EE71C7" w:rsidP="00EE71C7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE71C7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sometimes the job of a merchandiser and the job of a buyer are combined: you may well see advertisements for a trainee buyer/merchandiser, for example.</w:t>
       </w:r>
       <w:r w:rsidR="00C5612B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3123,50 +2991,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AFD84A3" w14:textId="713F16AF" w:rsidR="008055EF" w:rsidRDefault="008055EF" w:rsidP="008055EF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008055EF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finance</w:t>
       </w:r>
       <w:r w:rsidR="00EB7AED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>/Banking/Accountancy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3672D8E5" w14:textId="77777777" w:rsidR="008055EF" w:rsidRPr="008055EF" w:rsidRDefault="008055EF" w:rsidP="008055EF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
@@ -3772,62 +3641,52 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F3614">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F3614">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="000F3614">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> Be respectful at all times</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="01C34AB6" w14:textId="5A235796" w:rsidR="00151C71" w:rsidRDefault="000F3614" w:rsidP="008055EF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F3614">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F3614">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
@@ -3854,50 +3713,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62228325" w14:textId="3F548BF3" w:rsidR="0072771C" w:rsidRPr="0072771C" w:rsidRDefault="00D41E00" w:rsidP="0072771C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Property Development/</w:t>
       </w:r>
       <w:r w:rsidR="0072771C" w:rsidRPr="0072771C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Estate agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D84B2C" w14:textId="77777777" w:rsidR="0072771C" w:rsidRDefault="0072771C" w:rsidP="0072771C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5780DBB5" w14:textId="05C8C821" w:rsidR="0072771C" w:rsidRPr="0072771C" w:rsidRDefault="0072771C" w:rsidP="0072771C">
       <w:pPr>
@@ -4695,50 +4555,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FBE6946" w14:textId="0297D541" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="006B06AE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Barrister</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D9948B" w14:textId="77777777" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="00696E1F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Barristers are legal professionals who provide advocacy and legal advice to solicitors and other clients. Solicitors are the first port of call for members of the public who need legal advice, but if a solicitor’s client needs to appear in court, they will be referred to a barrister who will represent them there.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14248AEA" w14:textId="77777777" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="006B06AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4949,105 +4810,69 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduate salaries</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D3A899" w14:textId="77777777" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="00696E1F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Once you’ve completed training, your first role as a barrister will be as a pupil, for which you’ll receive a pupillage award. The Bar Standards Board (BSB) sets a minimum for these that’s around £20,000 for pupillages in London and around £18,000 for </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Once you’ve completed training, your first role as a barrister will be as a pupil, for which you’ll receive a pupillage award. The Bar Standards Board (BSB) sets a minimum for these that’s around £20,000 for pupillages in London and around £18,000 for those outside. The BSB increases the minimum pupillage award every January</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1365ED" w14:textId="388EF608" w:rsidR="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="00696E1F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>those outside</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> and their earnings differ widely depending on the area of law in which they specialise. </w:t>
+        <w:t xml:space="preserve">Beyond pupillage, barristers tend to be self-employed and their earnings differ widely depending on the area of law in which they specialise. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1DD708" w14:textId="77777777" w:rsidR="00696E1F" w:rsidRPr="006B06AE" w:rsidRDefault="00696E1F" w:rsidP="00696E1F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C39E9B3" w14:textId="77777777" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="00696E1F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
@@ -5197,103 +5022,67 @@
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Inns of Court provide a lot of support for aspiring barristers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39EE2796" w14:textId="7257C2B5" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="00C5612B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The final stage in becoming a fully-fledged barrister is the completion of a pupillage. This consists of two six-month periods spent in chambers under the supervision of one or more ‘pupil </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">The final stage in becoming a fully-fledged barrister is the completion of a pupillage. This consists of two six-month periods spent in chambers under the supervision of one or more ‘pupil supervisors’. During the first six months you’ll shadow and assist your supervisors; during the second six you will have the chance to take on cases by yourself. It’s possible either to spend all twelve months at the same chambers or to complete the two six-month periods in different chambers. Once you’ve completed a pupillage you will need to find a permanent base from which to practise, known as a tenancy. You may be offered tenancy in the chambers in which you did the pupillage. However, this isn’t always possible so be prepared to look and apply </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5612B" w:rsidRPr="006B06AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elsewhere. Work</w:t>
+      </w:r>
       <w:r w:rsidRPr="006B06AE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>supervisors’</w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> will considerably increase your chances of gaining a pupillage. </w:t>
+        <w:t xml:space="preserve"> experience in the form of mini-pupillages will considerably increase your chances of gaining a pupillage. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F9B1CB" w14:textId="77777777" w:rsidR="00C5612B" w:rsidRPr="00C5612B" w:rsidRDefault="00C5612B" w:rsidP="00C5612B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00716F3A" w14:textId="2BD57BC3" w:rsidR="006B06AE" w:rsidRPr="006B06AE" w:rsidRDefault="006B06AE" w:rsidP="006B06AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B06AE">
@@ -5461,73 +5250,75 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The ability to handle pressure, long hours and tight deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E86C853" w14:textId="77777777" w:rsidR="008D25A4" w:rsidRDefault="008D25A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0868E612" w14:textId="3EC67517" w:rsidR="007C1195" w:rsidRDefault="007C1195" w:rsidP="007C1195">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C1195">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Solicitor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751340AC" w14:textId="77777777" w:rsidR="007C1195" w:rsidRPr="007C1195" w:rsidRDefault="007C1195" w:rsidP="007C1195">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4EF690" w14:textId="77777777" w:rsidR="007C1195" w:rsidRPr="007C1195" w:rsidRDefault="007C1195" w:rsidP="007C1195">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C1195">
         <w:rPr>
@@ -5980,50 +5771,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6505AFA1" w14:textId="2BFC2FB4" w:rsidR="00C62955" w:rsidRPr="00C62955" w:rsidRDefault="00CA34FB" w:rsidP="00CA34FB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C62955" w:rsidRPr="00C62955">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>rimary</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00C62955" w:rsidRPr="00C62955">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6870,50 +6662,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C99B18E" w14:textId="256CA37E" w:rsidR="00B26A0B" w:rsidRPr="00B26A0B" w:rsidRDefault="005B029B" w:rsidP="005B029B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B029B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B26A0B" w:rsidRPr="00B26A0B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">econdary </w:t>
       </w:r>
       <w:r w:rsidRPr="005B029B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B26A0B" w:rsidRPr="00B26A0B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6948,69 +6741,51 @@
     <w:p w14:paraId="21A543F9" w14:textId="77777777" w:rsidR="005B029B" w:rsidRDefault="005B029B" w:rsidP="00B26A0B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F3D6D3A" w14:textId="11486707" w:rsidR="00B26A0B" w:rsidRDefault="00B26A0B" w:rsidP="00B26A0B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26A0B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Secondary school teachers specialise in teaching a particular subject. Aside from working with teachers and students, you’re likely to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> parents and carers as well as educational professionals such as psychologists and social workers.</w:t>
+        <w:t>Secondary school teachers specialise in teaching a particular subject. Aside from working with teachers and students, you’re likely to come into contact with parents and carers as well as educational professionals such as psychologists and social workers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D3C25E" w14:textId="77777777" w:rsidR="00053B4C" w:rsidRPr="00B26A0B" w:rsidRDefault="00053B4C" w:rsidP="00B26A0B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32941F57" w14:textId="77777777" w:rsidR="00B26A0B" w:rsidRPr="00B26A0B" w:rsidRDefault="00B26A0B" w:rsidP="00B26A0B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26A0B">
         <w:rPr>
@@ -7675,118 +7450,1859 @@
         <w:t>Leadership skills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9C464B" w14:textId="77777777" w:rsidR="00B26A0B" w:rsidRPr="00B26A0B" w:rsidRDefault="00B26A0B" w:rsidP="00B26A0B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B26A0B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IT skills.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605C8F8C" w14:textId="77777777" w:rsidR="000F3614" w:rsidRPr="000F77D7" w:rsidRDefault="000F3614" w:rsidP="00AA4450">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="000F3614" w:rsidRPr="000F77D7" w:rsidSect="00FE1537">
+    <w:p w14:paraId="605C8F8C" w14:textId="77777777" w:rsidR="000F3614" w:rsidRDefault="000F3614" w:rsidP="00AA4450">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048135B4" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Photographer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF5FD4D" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:lastRenderedPageBreak/>
+        <w:t>A Photographer, or Lensman, takes quality photos or videos of people, products, places and events. Their main duties include planning and setting up photo shoots, arranging the composition and capturing the image, developing and editing the final product for presentation to the client.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570354AE" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Photographer duties and responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D46BA8" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>The day-to-day duties of Photographers vary depending on the type of photography they do. However, most of their duties include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3132DAB5" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Regulating camera’s apertures, shutter speeds and focus based on film type, film speed, field depth and lighting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FD20F5" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Using specialised photographic techniques and materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E60A41" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Meeting with clients or advertising staff, discussing the brief, studying assignments and goals and determining location or equipment needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2442BF" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Retouching, resizing and enhancing images as needed using Photoshop or other photography software</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2158C6" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Scheduling people, location and equipment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03579766" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Preparing the location, getting permits and releasing forms if necessary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5257D415" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Creating and editing photography in print and digital, producing digital images from the film</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E701408" w14:textId="77777777" w:rsidR="00F44620" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Delivering final product to outside sources, media and corporate departments including graphic designers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBD27AE" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>What does a Photographer do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA847ED" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Photographers capture images using technical and creative skills. They take artfully composed professional images for a variety of activities and events. Some Photographers take family pictures or work predominantly at weddings, while others provide yearbook picture services to schools or work in a portrait studio at a mall or shopping centre. Photographers usually work either as contractors or freelancers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DC49E7" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Photographer skills and qualifications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0C1809" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>A successful Photographer candidate need</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t xml:space="preserve"> various prerequisite skills and qualifications to perform their job effectively, these include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E02C126" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Excellent customer service skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB8AB44" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Good communication and people skills, with the ability to discuss complex artistic concepts in layman’s terms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598F2F16" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Detail-oriented, with the ability to work according to various schedules, timelines and deadlines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650E4199" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Computer knowledge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF765EB" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Ability to convert film to computer-readable images</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240DD252" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Expert in digital and film cameras and video cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414A67A2" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Skilled at composition, colour and light</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E769581" w14:textId="77777777" w:rsidR="00F44620" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Knowledge of innovative editing software</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06526609" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22211787" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Photographer experience requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A90489E" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Photographers should have several years of experience working with a variety of equipment including digital and film cameras, with lighting and microphone setups. They must also have experience using various image and video editing software, such as Adobe Photoshop and Adobe Premiere. Experience in scheduling and setting up locations and subjects such as people or products in a photoshoot is key Knowledge of layout and design is a plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3EC68A" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Photographer education and training requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F53809C" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t xml:space="preserve">The level of education needed for a Photographer varies by employer or type of freelance work. Regardless of education, a professional portfolio is required. Education includes a certificate or Foundation Degree associate degree in the field of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C37A9">
+        <w:lastRenderedPageBreak/>
+        <w:t>related industry. University or higher education college courses, as well as apprenticeships in photo imaging or creative and digital media, are valuable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5179D0C4" w14:textId="77777777" w:rsidR="00F44620" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Some types of photography work require a Foundation Degree, National Diploma or Degree in Photography, Visual or Fine Arts or Commercial Photography. For management positions, such as Art Director or Senior Photographer, the candidate must have a Master’s Degree.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494ABEDA" w14:textId="77777777" w:rsidR="00F44620" w:rsidRDefault="00F44620" w:rsidP="00F44620"/>
+    <w:p w14:paraId="53888E41" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Interior Designer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C64462" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>An Interior Designer, or a Residential Interior Designer, creates functional and fashionable spaces inside of a building. Their duties include creating designs based on client needs, working with suppliers and providing excellent customer service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293A253E" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Interior designer duties and responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B3737F" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>An Interior Designer will work for a company in a way that helps expand their client base and builds its reputation. Their tasks typically include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D629CEA" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Conducting meetings to discuss plans and updates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2A8550" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Understanding the needs of the people using the space</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594932C4" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Preparing sketches and mood boards for the client and team</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682D67D6" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Advising clients on the use of space</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F56664" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Delegating workloads in a fair and efficient manner to team members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5165E883" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>What does an Interior Designer do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D95CFCB" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>An Interior Designer plans and designs the layout of an indoor space so that it is functional and fashionable. Their duties include overseeing large scale projects, preparing cost estimates and presenting those costs and plans to their clients. An Interior Designer usually works a traditional 40-hour work week, though flexibility is necessary as many appointments are dependent on client schedules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07516F4C" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Interior designer skills and qualifications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A277433" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>A large part of an Interior Designer’s job is communicating the big picture and the minute details to clients, suppliers and fellow team members. A successful Interior Designer Candidate will have various prerequisite skills that include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A1AE35" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Ability to keep up to date with the latest design trends</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A4ED62" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Thorough attention to detail</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1933C968" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>The ability to accept and give constructive criticism</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C2578C" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>In-depth knowledge of furniture systems and finishes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A57B9D" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>The ability to work under pressure and within time constraints</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B840348" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Understanding of and familiarity with design software such as AutoCAD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127EEBC7" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>The ability to work within budget constraints</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A27E645" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Demonstrable understanding of the basic principles of spatial planning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B9A8A7" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Problem-solving skills and the ability to find a new way of doing things</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0887E25E" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Interior Designer experience requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6003DF80" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Most companies will expect a few years of experience within the industry. Candidates should have a portfolio to demonstrate their style and and technical skills. In addition to this, they should also have good standing with their previous clients and a list of references is a good way to confirm the candidate’s professionalism and their ability to retain a positive relationship with clients.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA229EA" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:lastRenderedPageBreak/>
+        <w:t>Some Interior Designers might be just out of university with little real-world experience. In this case, look for a candidate who has completed an apprenticeship or acted as an Assistant Designer in a previous job. They should though, have a portfolio of their school projects to present as proof of their potential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2EA583" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Interior Designer education and training requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27907293" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Most people become an Interior Designer through university studies or a combination of higher education colleges and an apprenticeship. Those who go to university for interior design usually receive a degree in one of the following subjects: interior design, art and design, interior architecture, spatial design or something similar. Those who only attend a higher education college usually receive a Level 3 Diploma in Interior Design or an A-Level in Art in Design, followed by an apprenticeship as an Assistant Designer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B883F07" w14:textId="77777777" w:rsidR="00F44620" w:rsidRDefault="00F44620" w:rsidP="00F44620"/>
+    <w:p w14:paraId="64E6D046" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional dancer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D0FA74" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>A professional dancer is a paid performing artist who uses body movements to convey stories, express emotions and inspire others. Succeeding in this role requires determination but it's a highly rewarding career that allows you to work with many talented dance professionals including choreographers or musical artists. Reviewing a professional dancer's common duties can help you decide whether you're ready to start your journey leading to a full-time dance career. In this article, we answer 'What does a professional dancer do?' and discuss what it's like to work in the entertainment industry as a dancer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D24F2A2" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>What does a professional dancer do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7CF70F" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Discovering the answer to 'What does a professional dancer do?' is an important step to becoming a successful dance artist because it allows you to gain more insight into the requirements and specifics of this role. As a result, you can become more self-aware regarding your strengths and maximise your potential to grow as an artist. Professional dancers work with directors, choreographers and other performers to develop and learn dance sequences for performances. Most dancers perform in front of live audiences and it's also possible for them to perform on the Internet, in videos or on TV.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>On a day-to-day basis, they practise dance routines on their own, participate in group rehearsals, go to auditions and perform on stage. Another significant part of their job involves taking care of their body and stamina. They may attend the gym and practise other sports that allow them to remain flexible and in good physical health, such as gymnastics or swimming.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1EDBDB" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Key responsibilities for a professional dancer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E53F7F" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>If you're an aspiring dancer, you're likely in pursuit of excellence which requires determination and resilience. Working as a full-time dancer requires you to follow certain industry standards and have specific responsibilities, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C1A3EF" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Attending auditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BAD587" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Dancers regularly attend auditions, where they demonstrate their skills in front of choreographers and casting directors. Depending on the type of project, each audition may look differently but there are some similarities to consider when preparing for an audition. For example, many dancers arrive at their auditions early to have enough time to get an audition number, change clothes and practice. Typically, casting directors audition each dance separately. During auditions, they may ask dancers to improvise using a specific dance style's movements. Many choreographers also start an audition by showing a portion of the dance that dancers can recreate.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t xml:space="preserve">On average, auditioning for one dance may take between 15 to 30 minutes. During one day, a professional dancer may even audition for up to 20 dances. This can often add up to 12 hours in a dance studio which can be physically demanding but it's often an enjoyable experience that teaches you a lot about dance and allows you to uncover your true potential. Generally, choosing to demonstrate your skills in as many dance styles as you wish can increase your chances of passing that audition and getting hired. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9E5D62" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Learning routines and choreography</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78713B0F" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Dancers are responsible for executing specific dance steps on stage. It's necessary that they remember in which order to take these steps which means that the ability to learn complex dance routines is a basic requirement and a prerequisite for dance auditions. Demonstrating that you can learn new movements and routines quickly can help you impress directors and choreographers which can help you secure a job in the dance industry. To develop this ability, it's usually necessary to learn and regularly practise the basics of various dance styles including ballet, hip hop or ballroom dance steps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF3B313" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Performing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6229A6DC" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:lastRenderedPageBreak/>
+        <w:t>Professional dancers perform solo or in a group. Depending on the job, they may work on set or perform in front of a live audience. It's also common that they dance in costumes and with choreography equipment. Thanks to their physical stamina and the ability to quickly adjust to different work environments, they tell stories through dance and entertain the public by making their movements look effortless. A professional dancer who's an experienced performer can create moments of emotions on stage and transmit various values through movement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F32048" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Promoting their work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742A6C9B" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>Professional dancers are also in charge of promoting their services and art. For example, they may send out their CV or portfolio to casting agencies and dance companies. In addition to introducing themselves to their potential employers, many dancers choose to promote their art to the public online. Dance, just like music or painting, is a unique form of art which means that dancers can brand themselves as artists and earn money from appearances. To do that, you can film yourself dancing and share those clips on social media.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C37A9">
+        <w:t xml:space="preserve">Over time, you may gather a solid following and actively promote yourself as a dancer by doing what you love the most. There are many benefits to having a social media presence. For example, you can demonstrate your true passion for dance and impress choreographers and directors who are also active on social media. After a while, you may begin receiving brand deal offers. This means that brands would offer you money for appearing in their promotional materials and promoting their products such as clothes or sports equipment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A95594B" w14:textId="77777777" w:rsidR="00F44620" w:rsidRPr="003C37A9" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:pPr>
+        <w:spacing w:line="278" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C37A9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maintaining their health and diet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8F43C5" w14:textId="77777777" w:rsidR="00F44620" w:rsidRDefault="00F44620" w:rsidP="00F44620">
+      <w:r w:rsidRPr="003C37A9">
+        <w:t>For a dancer, their body is the instrument they use to create art. Taking care of one's body is one of several primary responsibilities in this profession and usually involves maintaining a specific diet to stay healthy. The most successful dancers also often work with medical and wellness specialists including dieticians and physiotherapists. For example, these specialists may assess, treat and prevent any dance-related injuries.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2702CEDE" w14:textId="0E0EB4BF" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Ambassador</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6144CAE6" w14:textId="6B0D9257" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ambassadors are senior diplomatic representatives who represent the UK in a foreign country, promoting diplomatic relations and protecting the country's interests. They oversee junior diplomats and forge important relationships with politicians in the host country. Becoming an ambassador is often the culmination of a long career as a career diplomat in the civil service or foreign embassies and consulates. In this article, we explore what an ambassador is, their skills, qualities and roles in an embassy, and how they represent the UK through diplomatic missions abroad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E60D76A" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2728D351" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What is an ambassador and what do they do?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643F8445" w14:textId="4C030478" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An ambassador is the highest-ranking diplomatic representative for their home country, and is the most senior of the three diplomatic ranks. These ranks are recognised globally under the Vienna Convention on Diplomatic Relations (1961) This means the ambassador leads the diplomatic mission in a foreign country and acts as the official representative of their own government in the host country. In this role, they oversee the entire embassy and manage diplomatic relations between the two countries.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An embassy is typically based in the capital city of the host country, with additional offices, known as consulates, in regional cities to support the broader diplomatic mission. The ambassador acts as a figurehead for all activities across the mission and benefits from diplomatic immunity. Many follow long career diplomat paths, with international postings spanning several decades.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E63E60" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73C22D98" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>How does an ambassador oversee the embassy?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3F66B4" w14:textId="77777777" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An ambassador has a wide range of responsibilities, which can relate to trade, military alliances, visa arrangements and movement of people in the host country. The ultimate responsibility of the ambassador is to protect the interests of their home country, and they attempt to do this by building a strong and mutually beneficial relationship with the host country. There is a significant amount of negotiation and diplomacy involved, and ambassadors may have a staff of dozens or even hundreds of junior diplomats who undertake the day-to-day work of an embassy. Other demands on an ambassador's time may include:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An ambassador has a wide range of responsibilities relating to trade, military alliances, visas and the movement of people in the host country. Their ultimate duty is to protect their home country’s interests by building strong, mutually beneficial partnerships with the foreign government. This involves a significant amount of negotiation and diplomacy, often supported by dozens or even hundreds of junior diplomats handling the day-to-day operations of the diplomatic mission. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158C683C" w14:textId="77777777" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B5C1AF3" w14:textId="1E53F28A" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other duties may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1782CA80" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attending high-level functions as the UK’s official representative</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9F4B79" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Negotiating important trade deals with senior politicians</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1F128F" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Representing the UK in international forums and associations in the host country or through an international organisation like the United Nations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C17DB3A" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Briefing members of parliament, such as the Foreign Secretary or Prime Minister, on major events impacting diplomatic relations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4233D6" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinating support for humanitarian issues, such as natural disaster relief</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CB6491" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Liaising with counterparts from allied nations to improve understanding of international events</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDE07FC" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Managing the embassy’s staff and budget</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E52B62" w14:textId="77777777" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ensuring the safety and security of UK citizens travelling or residing in the host country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57441897" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27BE2A77" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What sections of an embassy does an ambassador oversee?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456FE53B" w14:textId="6A70431A" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The size and structure of an embassy vary depending on the level of interest the UK has in the host country. The largest embassies are usually in nations with strong diplomatic relations or strategic alliances. Typical sections within an embassy focus on trade, political affairs, immigration and peacekeeping or military cooperation. Ambassadors act as resident representatives of the UK and communicate the views of its government on both political and economic matters. They regularly meet key political figures and host forums or delegations at the embassy.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The diplomatic mission also supports British nationals facing issues abroad — such as stolen passports, criminal accusations or legal difficulties. Junior diplomats often handle routine cases, while the ambassador may step in for serious matters. This includes UK nationals accused of crimes like espionage or inciting dissent, which could affect international relations and compromise the success of the ambassadorship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60645AAF" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70B9E5A4" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What is the working environment like for an ambassador?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266F80FE" w14:textId="62ECD84D" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ambassadors receive postings across the world. In allied countries like the United States or Canada, the UK ambassador extraordinary may lead a large and influential diplomatic mission, often supported by a substantial team of diplomats and local staff. These high-ranking officials regularly participate in negotiations and liaise with major political leaders, shaping strategic alliances and reinforcing international relations. In smaller or developing nations, the structure of the embassy and the ambassador’s role can differ greatly. Here, the focus may shift away from trade and more towards intelligence gathering, peacekeeping or protecting UK assets. Ambassadors in these locations often coordinate humanitarian missions or military logistics, especially in response to crises such as war, famine or natural disasters. In high-risk zones, the ambassador-at-large might operate from military compounds while still maintaining full ambassadorial duties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBB6C19" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB44FF7" w14:textId="17B4FEE9" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Foreign, Commonwealth and Development Office (FCDO). Many start their careers via the civil service fast stream, following a path aligned with foreign policy, diplomacy or international affairs. These foreign service officers usually undergo training in the UK before accepting placements at embassies and consulates around the world. Over time, they gain hands-on experience in different regions, gradually progressing toward an ambassadorship. Some senior career diplomats from other departments may also be appointed to ambassadorial roles. Language proficiency is highly valued, often gained through immersive cultural experiences during overseas postings. Key attributes for ambassadors include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066C7958" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A strong knowledge of international relations, politics and foreign policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A77EACE" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A willingness to live and work across multiple countries</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35779F67" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The ability to build and maintain strong relationships with diverse individuals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D884E9" w14:textId="77777777" w:rsidR="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="119C4782" w14:textId="4F998D8F" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What personal qualities do ambassadors require?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336FFF2C" w14:textId="60BD8D76" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ambassadors must possess a diplomatic demeanour and excellent interpersonal communication skills. Their role relies heavily on emotional intelligence and strong relationship-building abilities. Other essential qualities include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A9D169F" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The ability to remain composed and confident during high-stakes negotiations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2779B139" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A consistent sense of tact and diplomacy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02909AEC" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deep cultural sensitivity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00940098" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strong leadership skills, as they oversee the entire diplomatic mission in the host country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E764D1" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The capacity to absorb and retain detailed information from reports and briefings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70138D18" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A natural ability to connect with others and build meaningful partnerships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3918C363" w14:textId="77777777" w:rsidR="0059331C" w:rsidRPr="0059331C" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Making a lasting and positive impression on political leaders and other stakeholders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A04B9A" w14:textId="060C7593" w:rsidR="00F44620" w:rsidRPr="000F77D7" w:rsidRDefault="0059331C" w:rsidP="0059331C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0059331C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In addition to managing a team of diplomats, ambassadors work closely with locally engaged staff responsible for administrative operations within the embassy. As official representatives of the UK, they also collaborate with government departments and policymakers, offering strategic advice on matters of foreign policy, trade and international collaboration. Their insights help shape the UK's position on the global stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F44620" w:rsidRPr="000F77D7" w:rsidSect="00FE1537">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
+    <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010A0AF0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AB066FD2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -8638,50 +10154,199 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="135969B2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="24901CAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E741224"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="352E6FB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8786,51 +10451,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22E71D6E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="829AB5E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8935,51 +10600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="249C1CBF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A4A3CB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9084,51 +10749,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BE8118E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3E6654EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9233,51 +10898,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA74954"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0044ED4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9382,51 +11047,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34A84EFF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A4503AB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9531,51 +11196,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F5152D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5D006330"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9680,51 +11345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4280682D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B7ACD1D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9829,51 +11494,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="433A478E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C01A30CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="476D5ED5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CD0CF4FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9978,51 +11792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E77F0C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8688B034"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10127,51 +11941,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="493D6049"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37D66614"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EB07B62"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="41409ADA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10276,51 +12239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55C11A92"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FA1A3FB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10425,51 +12388,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EAB151B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DDE2BCD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10574,51 +12537,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61931B38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F33E52D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10723,51 +12686,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65013587"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="831E7C14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="678B7BAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1C10E6B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10872,51 +12984,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="729B6510"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ADC295D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11021,51 +13133,349 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75977DA5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EE1A04A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76ED3CB2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E202076"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BE42675"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC46AFE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11170,51 +13580,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BE70F8F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D047BA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C662DC4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="010218B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11320,239 +13879,264 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="923491042">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1894271275">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1693415171">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="707338044">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1864587933">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="318922722">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="881357104">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="496919973">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1266881894">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1341157367">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="546796886">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="546796886">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="12" w16cid:durableId="89326197">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="90861256">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="824205227">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="242491802">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="199128447">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1322029">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1236360047">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="12535557">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1399355856">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="865363645">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="142505584">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="702050794">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="381946707">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="919829273">
     <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1543249301">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="563419924">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1103301359">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1263414701">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2127770708">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1275599538">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA4450"/>
     <w:rsid w:val="00053B4C"/>
     <w:rsid w:val="0006299F"/>
     <w:rsid w:val="000642EF"/>
     <w:rsid w:val="000F3614"/>
     <w:rsid w:val="000F77D7"/>
     <w:rsid w:val="00134C16"/>
     <w:rsid w:val="00151C71"/>
     <w:rsid w:val="0018470E"/>
     <w:rsid w:val="00185988"/>
     <w:rsid w:val="0019721B"/>
     <w:rsid w:val="00295120"/>
+    <w:rsid w:val="002C6A26"/>
     <w:rsid w:val="00310912"/>
     <w:rsid w:val="00321B0A"/>
     <w:rsid w:val="00325CFC"/>
     <w:rsid w:val="003B1171"/>
     <w:rsid w:val="00442FEE"/>
     <w:rsid w:val="00523564"/>
+    <w:rsid w:val="0059331C"/>
     <w:rsid w:val="005B029B"/>
     <w:rsid w:val="005C550F"/>
     <w:rsid w:val="005E5641"/>
     <w:rsid w:val="0061027F"/>
     <w:rsid w:val="00624FD0"/>
     <w:rsid w:val="006451A6"/>
     <w:rsid w:val="0067355F"/>
     <w:rsid w:val="006821D1"/>
     <w:rsid w:val="00696E1F"/>
     <w:rsid w:val="006B06AE"/>
     <w:rsid w:val="006E6C22"/>
     <w:rsid w:val="006F2E34"/>
     <w:rsid w:val="00713B61"/>
     <w:rsid w:val="00725728"/>
     <w:rsid w:val="0072771C"/>
     <w:rsid w:val="007C1195"/>
     <w:rsid w:val="007C43FA"/>
     <w:rsid w:val="008055EF"/>
     <w:rsid w:val="008D25A4"/>
+    <w:rsid w:val="00924A7F"/>
     <w:rsid w:val="00982953"/>
     <w:rsid w:val="00984844"/>
     <w:rsid w:val="0099324B"/>
     <w:rsid w:val="009A2C30"/>
     <w:rsid w:val="009B4F39"/>
     <w:rsid w:val="00A17746"/>
     <w:rsid w:val="00AA4450"/>
     <w:rsid w:val="00AD5E9F"/>
     <w:rsid w:val="00B1308C"/>
     <w:rsid w:val="00B26A0B"/>
     <w:rsid w:val="00B26EB0"/>
     <w:rsid w:val="00B81CB0"/>
     <w:rsid w:val="00BC4704"/>
     <w:rsid w:val="00C5612B"/>
     <w:rsid w:val="00C62955"/>
     <w:rsid w:val="00CA34FB"/>
     <w:rsid w:val="00CE6A9D"/>
     <w:rsid w:val="00D373F4"/>
     <w:rsid w:val="00D41E00"/>
     <w:rsid w:val="00DA399C"/>
     <w:rsid w:val="00DF3B0D"/>
     <w:rsid w:val="00E262B6"/>
     <w:rsid w:val="00E5274B"/>
     <w:rsid w:val="00E57226"/>
     <w:rsid w:val="00EB7AED"/>
     <w:rsid w:val="00EC61CE"/>
     <w:rsid w:val="00EC6DEF"/>
     <w:rsid w:val="00EE71C7"/>
+    <w:rsid w:val="00F44620"/>
     <w:rsid w:val="00F77AC1"/>
+    <w:rsid w:val="00FA1912"/>
     <w:rsid w:val="00FD670E"/>
     <w:rsid w:val="00FE1537"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="17B16845"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3C6229F2-B5C5-42E3-BFDE-B1ACFAAF2D3C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12515,51 +15099,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA4450"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA4450"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104616707">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="119156487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13024,63 +15608,63 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>25685</Characters>
+  <Pages>17</Pages>
+  <Words>7515</Words>
+  <Characters>42836</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>60</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>356</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30130</CharactersWithSpaces>
+  <CharactersWithSpaces>50251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="72" baseType="variant">
       <vt:variant>
         <vt:i4>2490405</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://targetjobs.co.uk/careers-advice/teaching-and-education/secondary-education-teaching-specialism</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>262212</vt:i4>
       </vt:variant>
       <vt:variant>